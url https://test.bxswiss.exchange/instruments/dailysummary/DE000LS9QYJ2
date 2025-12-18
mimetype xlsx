--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809e16f6920e4b8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ccbd57b3eee4495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c46394590a24e42"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3674ca20b4fd4d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac9a9a1c8834d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c46394590a24e42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfac18af483540b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3674ca20b4fd4d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>185,029</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>