--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ccbd57b3eee4495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22e3ca2e1bf3489e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3674ca20b4fd4d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad486aa562f443df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfac18af483540b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3674ca20b4fd4d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4f6e3b661bc4d15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad486aa562f443df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Mining Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>