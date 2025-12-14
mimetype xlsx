--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2049713701a9432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bb41bdc93c4aa4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9667f128cde544a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree08d31d0f2846ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf703d734f1b64f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9667f128cde544a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd65775dd6234b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree08d31d0f2846ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VIDEO GAMING GLOBAL Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>127,569</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>