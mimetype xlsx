--- v1 (2025-12-14)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bb41bdc93c4aa4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2694d58ca3a14d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree08d31d0f2846ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R446eff4826494418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd65775dd6234b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree08d31d0f2846ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc30f6fb9c8941a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R446eff4826494418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VIDEO GAMING GLOBAL Videospiele</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,674</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>