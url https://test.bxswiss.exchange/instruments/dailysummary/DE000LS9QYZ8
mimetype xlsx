--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc5cb20fa554eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c7d0d66ded491f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84aae7bb97124fec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0532779856574fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1de7b928544148ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84aae7bb97124fec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977ad4ea4da24fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0532779856574fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>188,548</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>