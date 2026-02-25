--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c7d0d66ded491f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdede12462c074a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0532779856574fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra378d802097242d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R977ad4ea4da24fce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0532779856574fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5f1701d861347dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra378d802097242d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grow mit Software-as-a-Service</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QYZ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>186,231</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,132</x:t>
-[...409 lines deleted...]
-          <x:t>184,703</x:t>
+          <x:t>189,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>