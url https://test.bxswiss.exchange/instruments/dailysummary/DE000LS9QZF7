--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4481ce8c4d4b08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81215cedcc604453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06bfa1529cc24e76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c63407b4e94eea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bf94b89aeeb4490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06bfa1529cc24e76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354985ea4d3d403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c63407b4e94eea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>223,060</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>