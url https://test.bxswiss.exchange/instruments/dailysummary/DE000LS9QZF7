--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81215cedcc604453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a72bc6f0304642" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1c63407b4e94eea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3070b2ad90f7477c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R354985ea4d3d403e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1c63407b4e94eea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376e276656a84fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3070b2ad90f7477c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>218,606</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>218,288</x:t>
-[...458 lines deleted...]
-          <x:t>209,010</x:t>
+          <x:t>215,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>