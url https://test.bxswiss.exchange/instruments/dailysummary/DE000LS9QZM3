--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb70f9ad0beac41e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba4459f72a64546" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727f3e01a3ed441a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638d36fb4cc141c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0631582ba6d4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727f3e01a3ed441a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b511467bae42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638d36fb4cc141c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Computing and AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>394,118</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,281</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...73 lines deleted...]
-          <x:t>400,816</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>