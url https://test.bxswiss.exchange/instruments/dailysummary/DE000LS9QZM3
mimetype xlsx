--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba4459f72a64546" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cb9e2ba23144a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638d36fb4cc141c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4c7c29d7e24a58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b511467bae42d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638d36fb4cc141c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76fc6e72432746f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4c7c29d7e24a58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Cloud Computing and AI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>395,505</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>