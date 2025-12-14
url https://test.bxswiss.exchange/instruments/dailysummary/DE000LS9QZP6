--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86d88856cdc245de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b3ba91a86de475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99460d075a9242a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52d59d3cca5f4bb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R933955703d274bfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99460d075a9242a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3e74fbb3e94a08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52d59d3cca5f4bb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,606 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...109 lines deleted...]
-          <x:t>86,981</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,063</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>90,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>