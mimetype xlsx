--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2275b1317e64f61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6843be8a71d54c4c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb3b198d4c614c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf97a31f533f4621"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a6e67aa9e544d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb3b198d4c614c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ca725bb13c4df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf97a31f533f4621" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Y</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>150,980</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>