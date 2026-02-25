--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6843be8a71d54c4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a03404699174654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf97a31f533f4621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c18d253784146df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ca725bb13c4df6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf97a31f533f4621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c2e8405f8ce43d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c18d253784146df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Megatrend Y</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,661</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>