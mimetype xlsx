--- v0 (2025-10-04)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R487565634a99439f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb32e79c0423a46e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd92ed8c71f144520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7daab57477634953"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41c43ceb8efa4bdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd92ed8c71f144520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53fecdf7d5d540df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7daab57477634953" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2K Green Disruptive Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9QZT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.472,561</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.409,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.372,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.382,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.357,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.370,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.424,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.361,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.329,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.351,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.371,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.378,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.388,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.385,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.377,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.384,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.383,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.403,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.392,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.394,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.396,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.389,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.407,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.404,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.419,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.414,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.423,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.428,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.416,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.421,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.415,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.412,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.425,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.426,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.427,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.408,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.413,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.386,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.393,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.374,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.379,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.397,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.398,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.363,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.367,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.376,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.380,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.349,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.364,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.345,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.354,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.343,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.346,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>