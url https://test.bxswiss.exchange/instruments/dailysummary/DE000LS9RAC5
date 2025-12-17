--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0db2d6698c40ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ee72d0739a40c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa6cb6899a264358"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39668e7190a4d86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65cde26e60874c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa6cb6899a264358" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfd0010c4ac24324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39668e7190a4d86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium for E-mobility </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>152,001</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>