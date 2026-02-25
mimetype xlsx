--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ee72d0739a40c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cf5b69526db4d94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re39668e7190a4d86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46ba2ac70f47425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdfd0010c4ac24324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re39668e7190a4d86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ee511cdaa8e4707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46ba2ac70f47425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lithium for E-mobility </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAC5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,073</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>