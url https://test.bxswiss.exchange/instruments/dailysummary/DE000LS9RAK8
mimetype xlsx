--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b25c4a638f499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4542584bf047a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91a0e7bdde4e45f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd796d8fd9bc9492d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radcaa33e24034379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91a0e7bdde4e45f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3633e15746964818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd796d8fd9bc9492d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>113,247</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>