--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a4542584bf047a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9598796f7cbd4298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd796d8fd9bc9492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R532466c653404029"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3633e15746964818" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd796d8fd9bc9492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2a9dda4d4ff45c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R532466c653404029" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Wachstumschancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,802</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>