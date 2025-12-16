--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1f10908507e4e02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb7acb4db96400b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f7a0dd0ac92404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e26369bac24c1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f48388a715248fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f7a0dd0ac92404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bfce5db615b48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e26369bac24c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>120,314</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>123,846</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>