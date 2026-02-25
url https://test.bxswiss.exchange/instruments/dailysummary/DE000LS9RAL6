--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bb7acb4db96400b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12821c801ca641ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45e26369bac24c1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R938956476a4c4236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bfce5db615b48a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45e26369bac24c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R931c97a3eab74bc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R938956476a4c4236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gaming und eSport</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>