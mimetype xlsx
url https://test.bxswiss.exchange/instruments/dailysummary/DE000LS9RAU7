--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaa8fce703504de3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312a3ea52b0b4924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e84c67401c34b41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fdd478e0ed1434e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fb1a85a0fc344c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e84c67401c34b41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81b667841da44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fdd478e0ed1434e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>113,798</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>