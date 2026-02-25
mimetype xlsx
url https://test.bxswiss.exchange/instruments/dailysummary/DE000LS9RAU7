--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R312a3ea52b0b4924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3a406b0eb6a4d5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fdd478e0ed1434e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded5d8cd20724dfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc81b667841da44e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fdd478e0ed1434e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd40cde077bc441ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded5d8cd20724dfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diversifiziert und Nachhaltig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAU7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>124,259</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,913</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...469 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>