--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8298dadcc8e4348" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809e0f34f9d643c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced312d6da054f20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff36d85471a4198"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76af67b5c1d34ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced312d6da054f20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb50fb3841b4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff36d85471a4198" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NEXT STARS IN THE SKY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>93,101</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>