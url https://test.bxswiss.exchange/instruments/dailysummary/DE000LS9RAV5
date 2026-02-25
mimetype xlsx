--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809e0f34f9d643c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b780d90b31046e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ff36d85471a4198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d1e0007b2c64074"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb50fb3841b4f2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ff36d85471a4198" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe1b472a39e54786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d1e0007b2c64074" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NEXT STARS IN THE SKY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RAV5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>