--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a7beae9709d4080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb732be44580e4130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd410bff8bc17479a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb106f6344de949bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf533fcbc62164779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd410bff8bc17479a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64cf6e1d06154916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb106f6344de949bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesellschaft von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>131,784</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,491</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>