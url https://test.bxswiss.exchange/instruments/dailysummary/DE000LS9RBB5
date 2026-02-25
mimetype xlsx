--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb732be44580e4130" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re79f39f0b4ac4ef2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb106f6344de949bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0783181873d42e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64cf6e1d06154916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb106f6344de949bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R554b9d1707094da6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0783181873d42e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesellschaft von morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBB5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>