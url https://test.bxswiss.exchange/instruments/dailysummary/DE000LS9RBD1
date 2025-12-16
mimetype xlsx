--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e9b2d0041944192" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85bdcd17b46a45cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d5f2df93ac45b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb546bad8de20436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9890f042258140c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d5f2df93ac45b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1ebddf7d414a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb546bad8de20436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>86,334</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>