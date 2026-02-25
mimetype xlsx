--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85bdcd17b46a45cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc54e35948445d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb546bad8de20436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R891c32e717aa4110"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1ebddf7d414a18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb546bad8de20436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f4279dcec4c4e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R891c32e717aa4110" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WasserstoffSpeed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBD1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>