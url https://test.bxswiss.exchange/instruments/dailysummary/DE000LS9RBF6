--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a0266112c248bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36944158bea41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d34540faefc4c2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a18a2847b9e4b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0724eb0fedc54772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d34540faefc4c2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b5f9dd8a624e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a18a2847b9e4b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Biotech Genetic Genomic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,011</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>