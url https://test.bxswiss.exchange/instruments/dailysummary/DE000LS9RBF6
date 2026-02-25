--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd36944158bea41f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re34c4b2075884eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a18a2847b9e4b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc610f705311a4897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b5f9dd8a624e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a18a2847b9e4b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd4a67deefcc47e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc610f705311a4897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>NDT - Biotech Genetic Genomic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>