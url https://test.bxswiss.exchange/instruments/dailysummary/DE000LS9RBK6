--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbd15d2dddef480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d4a482e5eb4352" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a7bd3b0f77a4669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re70ea83974464552"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9eb355bdce68496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a7bd3b0f77a4669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2dd4bbc5984acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re70ea83974464552" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE DRONE TECH Weltall Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>179,063</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>178,977</x:t>
-[...247 lines deleted...]
-          <x:t>194,200</x:t>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>