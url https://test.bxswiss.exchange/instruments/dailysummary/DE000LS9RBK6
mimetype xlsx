--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d4a482e5eb4352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc08d73cf8f7b4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re70ea83974464552"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra917939186fc4808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff2dd4bbc5984acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re70ea83974464552" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redd3f2bfe9954418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra917939186fc4808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPACE DRONE TECH Weltall Drohne</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>180,744</x:t>
-[...576 lines deleted...]
-          <x:t>181,073</x:t>
+          <x:t>180,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>