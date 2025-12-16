--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0480519e88e4aaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e296f6bd5349ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31f1a1a2260a4614"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77aedb602084b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff853d691524dfd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31f1a1a2260a4614" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b1a59b7ac54d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77aedb602084b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>205,652</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>