--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4e296f6bd5349ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52fd207693554a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77aedb602084b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38d8c2c56e384bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b1a59b7ac54d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77aedb602084b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re111abfd8e9646d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38d8c2c56e384bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Quantum Computing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>