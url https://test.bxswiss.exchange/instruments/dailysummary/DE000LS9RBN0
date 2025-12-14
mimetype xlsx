--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb330fa9d904ff7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619d1063aae8447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d0597f81b74007"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8cee64c2464ce4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaf687839abb4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d0597f81b74007" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17b90aef542942e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8cee64c2464ce4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vektor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>110,036</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>