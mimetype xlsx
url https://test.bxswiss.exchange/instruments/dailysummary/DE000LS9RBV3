--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd136a14bbeae4033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262b403b47794970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b8434184814cab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ee6cccca984799"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R563efc18fadf46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b8434184814cab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f37afaee2d498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ee6cccca984799" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>81,598</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>