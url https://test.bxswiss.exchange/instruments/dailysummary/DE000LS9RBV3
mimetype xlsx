--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R262b403b47794970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf52acc32ff0f4bc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ee6cccca984799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d2a11db9b444c04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4f37afaee2d498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ee6cccca984799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f226f80498e402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d2a11db9b444c04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Low Volatility HEALTH</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RBV3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>78,205</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,638</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>78,445</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>