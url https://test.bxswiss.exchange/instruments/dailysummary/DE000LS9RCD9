--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2bd7cdc32e84c90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2ac25448b114201" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51ade0d2970f497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363557a0dec54b41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa691228bf4c419d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51ade0d2970f497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02ee3a56c19449b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363557a0dec54b41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround von gefallenen Engel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCD9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>108,831</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>