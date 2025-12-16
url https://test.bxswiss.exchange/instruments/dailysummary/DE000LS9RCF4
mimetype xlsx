--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d579742da294f35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9659dd754e6c4a34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R614ecd8b342f451d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f4e849e14d4c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c64f57808946c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R614ecd8b342f451d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf164efb4229d40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f4e849e14d4c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte Coronaeinstieg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>174,825</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>