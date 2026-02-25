--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9659dd754e6c4a34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87942a542f3647d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7f4e849e14d4c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e3440b9e2f4053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf164efb4229d40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7f4e849e14d4c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad0e9f78f53448e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e3440b9e2f4053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologiewerte Coronaeinstieg</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>