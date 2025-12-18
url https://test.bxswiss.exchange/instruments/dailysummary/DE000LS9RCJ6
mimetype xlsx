--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34b74feaa1ad4b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea0ced6ad66d42b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a822d3a2ac645a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd24f9c5ca67a4fc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c2aa49004a34afd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a822d3a2ac645a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R979497d59fcc4cbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd24f9c5ca67a4fc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gesundheitsaktien nach Levermann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>153,060</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,954</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>154,412</x:t>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>154,280</x:t>
-[...26 lines deleted...]
-          <x:t>154,499</x:t>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>