--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R575de4ef3b9c4a3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726bc33df1b542f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95811c510eaa4b5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a33bd5932c3422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b6d04decc045ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95811c510eaa4b5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fd5bfbd00d4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a33bd5932c3422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>54,689</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>