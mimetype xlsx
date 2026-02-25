--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R726bc33df1b542f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f6a197a9cb1417e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a33bd5932c3422e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea613ee2dd4b47a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fd5bfbd00d4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a33bd5932c3422e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R961b69cb8c6541bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea613ee2dd4b47a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold und Silber </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>