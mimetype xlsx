--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re896c27ea27b49bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbfe0c0d94d4d7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20efe48d00aa42a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd7b3c576754cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91a669a33f394a66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20efe48d00aa42a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf81f0537e6641cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd7b3c576754cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>77,413</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>