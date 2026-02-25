--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dbfe0c0d94d4d7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bf782b438514a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bd7b3c576754cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0167b524efaf4159"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf81f0537e6641cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bd7b3c576754cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4362471e63544d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0167b524efaf4159" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Veganismus und Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCL2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>