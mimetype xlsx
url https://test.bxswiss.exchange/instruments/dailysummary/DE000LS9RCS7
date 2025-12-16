--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdde48007a43f4557" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68c499023b94a77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651a6e92804a4f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e92dd1ca6149bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb493aed308e54654" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651a6e92804a4f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf386b2fa01794eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e92dd1ca6149bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konnektivitaet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>49,049</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>