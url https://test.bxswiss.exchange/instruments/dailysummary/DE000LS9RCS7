--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf68c499023b94a77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb21e29921d84f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e92dd1ca6149bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86339edf984b4b78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf386b2fa01794eb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e92dd1ca6149bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f47ef2853cb424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86339edf984b4b78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Konnektivitaet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,967</x:t>
-[...576 lines deleted...]
-          <x:t>45,067</x:t>
+          <x:t>46,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,954</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>