--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521dfca0e3db4427" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb3b1f3e4cf4c29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39aec9435f084749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f4c1cf00b554659"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9d69d37246043f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39aec9435f084749" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cb42d608eae4a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f4c1cf00b554659" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Airborn Deep Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>113,660</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>