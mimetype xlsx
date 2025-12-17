--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0da8025c472a49b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e65063b79546a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R579e6ce8e0394d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c21f79dbae744ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re406dab76df94e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R579e6ce8e0394d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7128770a4a4220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c21f79dbae744ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>113,265</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,528</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>113,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,528</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>113,414</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>113,163</x:t>
-[...458 lines deleted...]
-          <x:t>113,427</x:t>
+          <x:t>112,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>