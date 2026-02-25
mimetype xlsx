--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e65063b79546a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01d0d2a375c34628" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c21f79dbae744ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb7e9e0c55e94607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7128770a4a4220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c21f79dbae744ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d9d795cb8d44205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb7e9e0c55e94607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Selektive Diversifikation Growth</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RCV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,478</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>