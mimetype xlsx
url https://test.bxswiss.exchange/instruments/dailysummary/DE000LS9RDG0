--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43a96e6eed0499e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193c4037a0cb4a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ecf9e1daf584c4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree29e114bb03477f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc38ac09a6d0b406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ecf9e1daf584c4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67174ebefacc4fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree29e114bb03477f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Makrotrends und Marktchancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>187,613</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>