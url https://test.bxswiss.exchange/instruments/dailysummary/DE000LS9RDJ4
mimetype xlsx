--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56d79fed0fa8409c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efcc82644ed451a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3259b31ec31340a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719c06ff926a41f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8643b1a30e3485f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3259b31ec31340a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971d80316cfb4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719c06ff926a41f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>120,350</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>