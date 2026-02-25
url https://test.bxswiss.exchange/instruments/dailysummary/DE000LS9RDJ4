--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8efcc82644ed451a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf51d5700382e4928" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719c06ff926a41f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7607978c5354a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R971d80316cfb4241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719c06ff926a41f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4ea730b8d5480a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7607978c5354a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDJ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...446 lines deleted...]
-          <x:t>121,049</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,143</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...118 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>