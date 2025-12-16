--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf373c8c1533f47dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cfc8825689c4f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb439d02cfe7d4e88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36cb6b8f207d4717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907ff6f5732c43e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb439d02cfe7d4e88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32647bbb25db4c7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36cb6b8f207d4717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CLEANTECH Saubere Energie Umwelt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDQ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...549 lines deleted...]
-          <x:t>74,884</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,440</x:t>
-[...26 lines deleted...]
-          <x:t>74,121</x:t>
+          <x:t>74,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>