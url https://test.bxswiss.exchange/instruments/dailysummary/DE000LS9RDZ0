--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7692783165b341dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2859441eb3640fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f5f571e9c0d4161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf432785344e04f44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e4c2cb058c34f18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f5f571e9c0d4161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafd23ac3ce8c4e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf432785344e04f44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dekarbonisierung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RDZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>55,766</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>