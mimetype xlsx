--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a56eca5c21548b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c969baf559e41ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4636d2932f4c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a46c5da7044e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83dd4b41576c4162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4636d2932f4c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7a729b5b4741b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a46c5da7044e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Medizintechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,696</x:t>
-[...144 lines deleted...]
-          <x:t>62,277</x:t>
+          <x:t>60,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>