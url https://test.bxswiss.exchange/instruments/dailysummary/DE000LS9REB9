--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c969baf559e41ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c3374e720b14f37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76a46c5da7044e4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53cceb500c742c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd7a729b5b4741b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76a46c5da7044e4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b66e3d19dd04afe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53cceb500c742c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltige Medizintechnik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>60,223</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,223</x:t>
-[...97 lines deleted...]
-          <x:t>59,996</x:t>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,964</x:t>
-[...188 lines deleted...]
-          <x:t>59,394</x:t>
+          <x:t>59,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>