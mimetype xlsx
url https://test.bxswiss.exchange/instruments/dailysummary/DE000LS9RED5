--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3865a0f88934b2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aeeeb33faba400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e940068f6ab49a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b10fa97b484270"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57b29c69cf645d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e940068f6ab49a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715b3e6a9757499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b10fa97b484270" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,748</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>