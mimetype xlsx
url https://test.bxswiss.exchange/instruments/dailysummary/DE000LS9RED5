--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aeeeb33faba400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3303a35c32d1404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b10fa97b484270"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61224a22bfc749c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715b3e6a9757499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b10fa97b484270" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01bf3f3fa3a54885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61224a22bfc749c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HighGrowthInvestments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RED5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>