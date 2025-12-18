--- v0 (2025-10-04)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R318718087cff4f36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d58867c37b248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R320e44cf593b4277"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab92bd5d9e354540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd42218bed58c4462" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R320e44cf593b4277" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd0cd3ba00b34f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab92bd5d9e354540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DuMont Alphabet-US Market </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REE3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,233</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,697</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>