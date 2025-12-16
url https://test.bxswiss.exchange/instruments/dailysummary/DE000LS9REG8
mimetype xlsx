--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R618f49f584b74302" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48e8b34f1eb4573" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f57b97870a24e4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a310fe7cd70401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b699d2cb364f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f57b97870a24e4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ddb9a19788439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a310fe7cd70401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>170,825</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>