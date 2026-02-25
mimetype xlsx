--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re48e8b34f1eb4573" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ecc4ceaa1424bf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a310fe7cd70401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdde083dc1c947cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0ddb9a19788439c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a310fe7cd70401f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3750567a47274b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdde083dc1c947cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technische Fundamentalisten</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>