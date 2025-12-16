--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01f6b6516a4c4970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d838c3cd4ac4cf8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c417a47fbd2434d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81c426db83e44e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76737b8d2e664b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c417a47fbd2434d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48eaff8b5462457f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81c426db83e44e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Modern Investment Ideas</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>72,306</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,551</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>