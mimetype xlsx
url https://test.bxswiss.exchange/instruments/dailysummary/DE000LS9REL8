--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ef2b31ab8f14732" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3ec9644d264acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41845566d3eb4867"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref698021b7c447db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc810c9cff5bb4ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41845566d3eb4867" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ed2e66b7c84dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref698021b7c447db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>149,356</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,220</x:t>
-[...166 lines deleted...]
-          <x:t>149,836</x:t>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>