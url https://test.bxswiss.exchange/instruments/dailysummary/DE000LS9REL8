--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e3ec9644d264acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83b51b94bd94459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref698021b7c447db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re779c3a01ac6422e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37ed2e66b7c84dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref698021b7c447db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra010425d6d1b4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re779c3a01ac6422e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nasdaq Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>156,344</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,532</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>153,354</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>