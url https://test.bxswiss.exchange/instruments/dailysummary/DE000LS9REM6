--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R534bf49f26434b86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59091399029b4ae2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0c3b2cb28af42fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4857543c3bd34f7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcde23b870b1c4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0c3b2cb28af42fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57bed7ca8d094b79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4857543c3bd34f7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versorgung und Entsorgung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>82,829</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>