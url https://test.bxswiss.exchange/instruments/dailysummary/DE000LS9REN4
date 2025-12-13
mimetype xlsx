--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ab5973a5664a3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72ab184e1d64224" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fbbf31fb73540a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc0174fc4ef34a4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95ee70e325544ed4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fbbf31fb73540a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaff4ba7c87b426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc0174fc4ef34a4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL QUALITY STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,670</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>