--- v1 (2025-12-13)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd72ab184e1d64224" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4c49794dbb432a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc0174fc4ef34a4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42de4e124d5a46e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reaff4ba7c87b426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc0174fc4ef34a4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea48b241eb944feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42de4e124d5a46e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL QUALITY STOCKS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REN4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>122,754</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>