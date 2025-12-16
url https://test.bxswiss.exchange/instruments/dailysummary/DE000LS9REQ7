--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b39ff223b4340a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f1dda23e2f4e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4117fbf7c06546a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3c0760f7fe49fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116c78abfe364626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4117fbf7c06546a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0a571c8a164438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3c0760f7fe49fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit Global Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,746</x:t>
-[...139 lines deleted...]
-          <x:t>127,596</x:t>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,683</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...289 lines deleted...]
-          <x:t>128,052</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>