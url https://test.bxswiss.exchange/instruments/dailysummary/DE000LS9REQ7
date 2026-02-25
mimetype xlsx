--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43f1dda23e2f4e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204337eef5dc4e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3c0760f7fe49fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb33164dfaade4227"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f0a571c8a164438" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3c0760f7fe49fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc819c38def2b4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb33164dfaade4227" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeit Global Wasser</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9REQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>127,419</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,379</x:t>
-[...355 lines deleted...]
-          <x:t>127,723</x:t>
+          <x:t>127,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>