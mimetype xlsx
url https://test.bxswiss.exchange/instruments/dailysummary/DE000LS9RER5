--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18c9a0b2d571495b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba8aca88d684a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fc04161b3f84254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868f7d538ae049c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc920282b18e04eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fc04161b3f84254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fccb4a417c848bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868f7d538ae049c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>91,068</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>