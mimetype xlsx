--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbba8aca88d684a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18defb89d8c34d8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R868f7d538ae049c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9046e3f98d1f4c94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fccb4a417c848bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R868f7d538ae049c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2fb2f4053d4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9046e3f98d1f4c94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Medical Care u. Healthcare</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RER5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>