--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R891cf7a48b1f4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c980d107dc459e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R568b22957f7c464b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037a2b608b70460f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd99d35a17784c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R568b22957f7c464b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64ec6d8b532b4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037a2b608b70460f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST GLOBAL E-COMMERCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>70,613</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>