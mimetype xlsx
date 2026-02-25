--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79c980d107dc459e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac859b70abec4662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R037a2b608b70460f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57fdfe7cf5db4028"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64ec6d8b532b4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R037a2b608b70460f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5a4e60d5ee2458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57fdfe7cf5db4028" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HPINVEST GLOBAL E-COMMERCE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...549 lines deleted...]
-          <x:t>66,614</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,996</x:t>
-[...26 lines deleted...]
-          <x:t>65,364</x:t>
+          <x:t>65,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>