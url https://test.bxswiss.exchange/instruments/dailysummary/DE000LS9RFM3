--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96284d3f2fc043e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc282c5d7270b4cc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R197bbaf613244879"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291b17b14973451c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra12cab26bb694d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R197bbaf613244879" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364b357843fa44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291b17b14973451c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktives Investment mit Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>92,375</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>