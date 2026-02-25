--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc282c5d7270b4cc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd62c027de54acb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291b17b14973451c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c7c7d204db44fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R364b357843fa44b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291b17b14973451c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6bf0fe7279f4ef2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c7c7d204db44fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>aktives Investment mit Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>90,297</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,174</x:t>
-[...296 lines deleted...]
-          <x:t>88,706</x:t>
+          <x:t>89,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>