--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91415992512749f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b45b6e258c84698" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a2a773e3104b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf3f46a49914fa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b5bb44746db4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a2a773e3104b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed97879516a400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf3f46a49914fa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,467</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...605 lines deleted...]
-          <x:t>88,853</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>