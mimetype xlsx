--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b45b6e258c84698" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc066098efe77467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebf3f46a49914fa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re15e216fa2aa4ba2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed97879516a400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebf3f46a49914fa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R371b11c6723b40b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re15e216fa2aa4ba2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden-Strategie Plus</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,276</x:t>
-[...198 lines deleted...]
-          <x:t>91,083</x:t>
+          <x:t>90,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>