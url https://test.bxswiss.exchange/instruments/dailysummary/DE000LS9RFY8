--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b6eb161f5054f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b4948c75f34b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1b951b26254199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bdc13e82c748fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f81e8258daa40c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1b951b26254199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42fecaf970204396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bdc13e82c748fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trends Investment Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>116,129</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,767</x:t>
-[...355 lines deleted...]
-          <x:t>117,222</x:t>
+          <x:t>114,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>