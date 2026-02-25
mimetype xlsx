--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b4948c75f34b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97441ba2d972431c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50bdc13e82c748fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1b5b601a80435e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42fecaf970204396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50bdc13e82c748fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R526c533c6a1c45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1b5b601a80435e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Trends Investment Mix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RFY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>118,243</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,909</x:t>
-[...296 lines deleted...]
-          <x:t>116,187</x:t>
+          <x:t>117,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>