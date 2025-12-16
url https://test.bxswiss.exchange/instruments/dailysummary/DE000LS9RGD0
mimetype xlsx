--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b09e9d1bfb4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c8cfe7f5e246fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf33d25631946f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f5b44ddcc045d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72406b996b91476d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf33d25631946f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f29609fdc74f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f5b44ddcc045d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>80,754</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>