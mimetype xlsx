--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8c8cfe7f5e246fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34601223a8f64754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5f5b44ddcc045d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531350086f384587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f29609fdc74f3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5f5b44ddcc045d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60ac6deb16db406c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531350086f384587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rising China</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGD0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>67,972</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,017</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...305 lines deleted...]
-          <x:t>69,528</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,698</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>66,792</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>