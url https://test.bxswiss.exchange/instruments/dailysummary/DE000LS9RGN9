--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90eca49ed4814e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b75e6d9ab04ada" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a661e3df8af4e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173ba6d9278147af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a2c9ce0251748bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a661e3df8af4e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275a82c5990a424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173ba6d9278147af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologie und  Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>109,931</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,821</x:t>
-[...355 lines deleted...]
-          <x:t>110,066</x:t>
+          <x:t>110,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>