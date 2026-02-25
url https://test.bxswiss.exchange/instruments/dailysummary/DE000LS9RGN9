--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b75e6d9ab04ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde57de0cd99f435e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R173ba6d9278147af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f6af221aca34b8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R275a82c5990a424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R173ba6d9278147af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9aa9ea1cc4cc4a09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f6af221aca34b8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future Technologie und  Robotics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,474</x:t>
-[...387 lines deleted...]
-          <x:t>109,601</x:t>
+          <x:t>109,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>