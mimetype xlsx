--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R074dfbc23a274651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceffb1b3cc84e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaea7b91748f402d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cee66e00cc4d93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3ed56754f234d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaea7b91748f402d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b004069c1a4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cee66e00cc4d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>213,871</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,476</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>