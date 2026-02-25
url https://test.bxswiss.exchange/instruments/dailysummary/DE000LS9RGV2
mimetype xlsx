--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceffb1b3cc84e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc9bf5e706184228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17cee66e00cc4d93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra122f1ba01104541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b004069c1a4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17cee66e00cc4d93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4a8f78017549db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra122f1ba01104541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>auf lange Sicht investieren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>