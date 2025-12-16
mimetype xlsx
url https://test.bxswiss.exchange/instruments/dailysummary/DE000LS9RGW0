--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d54eeddc6e94970" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2f5b43932d643bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbebf727565904ed1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R804299e1342641d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa53bf3858f94948" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbebf727565904ed1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5cd04b9511b401f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R804299e1342641d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>European Dogs</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9RGW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>222,147</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>